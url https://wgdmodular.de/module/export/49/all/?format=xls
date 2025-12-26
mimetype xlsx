--- v0 (2025-10-25)
+++ v1 (2025-12-26)
@@ -459,51 +459,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_DDTYUnf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_DdlH1lh" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://a.aliexpress.com/_m0YjfeE" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://a.aliexpress.com/_mPdArnY" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_DFv4DSj" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_Ez1Xys9" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_DDTYUnf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_DdlH1lh" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://a.aliexpress.com/_m0YjfeE" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_EzJqhB2" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_DFv4DSj" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_Ez1Xys9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="7" width="20.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>