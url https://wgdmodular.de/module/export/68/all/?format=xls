--- v0 (2025-10-19)
+++ v1 (2026-02-06)
@@ -459,51 +459,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de.aliexpress.com/item/1005002746058446.html?srcSns=sns_Copy&amp;spreadType=socialShare&amp;bizType=ProductDetail&amp;social_params=20863477421&amp;aff_fcid=8ef8837524294fe49d4bc376cba9e416-1678545137602-0447" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_DdlH1lh" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_EGcmKGf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_Ez1Xys9" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de.aliexpress.com/item/4000938302566.html?spm=a2g0o.productlist.main.77.4b42abJJabJJA0&amp;algo_pvid=0ebef6f8-31f9-4431-b6b1-dc63c0dcb04a&amp;algo_exp_id=0ebef6f8-31f9-4431-b6b1-dc63c0dcb04a-38&amp;pdp_np" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_EwimDY0" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_DdlH1lh" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_EGcmKGf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_Ez1Xys9" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de.aliexpress.com/item/4000938302566.html?spm=a2g0o.productlist.main.77.4b42abJJabJJA0&amp;algo_pvid=0ebef6f8-31f9-4431-b6b1-dc63c0dcb04a&amp;algo_exp_id=0ebef6f8-31f9-4431-b6b1-dc63c0dcb04a-38&amp;pdp_np" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="8" width="20.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>