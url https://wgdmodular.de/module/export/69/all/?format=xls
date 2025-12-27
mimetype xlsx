--- v0 (2025-10-28)
+++ v1 (2025-12-27)
@@ -51,51 +51,51 @@
   <si>
     <t>Beschreibung</t>
   </si>
   <si>
     <t>Anbieter</t>
   </si>
   <si>
     <t>R1, R2, R3</t>
   </si>
   <si>
     <t>R Axial DIN0204 L3.6mm D1.6mm P5.08mm Horizontal</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>5K1</t>
   </si>
   <si>
     <t>C1, C2, C3</t>
   </si>
   <si>
     <t>CP Radial D5.0mm P2.50mm</t>
   </si>
   <si>
-    <t>10uF</t>
+    <t>10uF (&gt;16V)</t>
   </si>
   <si>
     <t>R4</t>
   </si>
   <si>
     <t>1M</t>
   </si>
   <si>
     <t>D1</t>
   </si>
   <si>
     <t>LED D3.0mm</t>
   </si>
   <si>
     <t>LED</t>
   </si>
   <si>
     <t>J2</t>
   </si>
   <si>
     <t>USB C Plug Vertical 6P THT</t>
   </si>
   <si>
     <t>USB_C_Receptacle_PowerOnly_6P</t>
   </si>