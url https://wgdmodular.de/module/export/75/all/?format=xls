--- v0 (2026-01-26)
+++ v1 (2026-03-28)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pici Rev 1.1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="28">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Bezeichner</t>
   </si>
   <si>
     <t>Package</t>
   </si>
   <si>
     <t>Anzahl</t>
   </si>
   <si>
     <t>Vorbestückt</t>
   </si>
   <si>
     <t>Beschreibung</t>
   </si>
   <si>
     <t>Anbieter</t>
   </si>
   <si>
     <t>J1, J2</t>
   </si>
   <si>
@@ -70,50 +70,53 @@
     <t>D1</t>
   </si>
   <si>
     <t>LED D3.0mm</t>
   </si>
   <si>
     <t>LED</t>
   </si>
   <si>
     <t>RV1</t>
   </si>
   <si>
     <t>Potentiometer Alpha RD901F-40-00D Single Vertical</t>
   </si>
   <si>
     <t>B10K</t>
   </si>
   <si>
     <t>Mono</t>
   </si>
   <si>
     <t>RV2</t>
   </si>
   <si>
     <t>Potentiometer Bourns PTA4543 Single Slide</t>
+  </si>
+  <si>
+    <t>AE</t>
   </si>
   <si>
     <t>J3</t>
   </si>
   <si>
     <t>PinSocket 1x03 P2.54mm Vertical</t>
   </si>
   <si>
     <t>Uni/Bi-Polar Jumper</t>
   </si>
   <si>
     <t>J9</t>
   </si>
   <si>
     <t>Eurorack Power Header</t>
   </si>
   <si>
     <t>EURO_PWR_1x5</t>
   </si>
   <si>
     <t>Stecker für Stromversorgung</t>
   </si>
 </sst>
 </file>
 
@@ -447,51 +450,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_DdlH1lh" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://a.aliexpress.com/_m0YjfeE" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_Ez1Xys9" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_DdlH1lh" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://a.aliexpress.com/_m0YjfeE" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_EG7DEMo" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s.click.aliexpress.com/e/_Ez1Xys9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="7" width="20.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -569,99 +572,103 @@
         <v>16</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5">
         <v>1</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
+      <c r="G5" s="2" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6">
         <v>7</v>
       </c>
       <c r="B6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D6">
         <v>1</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D7">
         <v>1</v>
       </c>
       <c r="E7" t="s">
         <v>9</v>
       </c>
       <c r="F7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G4" r:id="rId2"/>
-    <hyperlink ref="G7" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId3"/>
+    <hyperlink ref="G7" r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>pici Rev 1.1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>